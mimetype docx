--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -584,69 +584,105 @@
       </w:pPr>
       <w:r w:rsidRPr="007F7659">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Introdução.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00486A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os resumos (em fonte Arial, espaço simples, 11pt.), em parágrafo único, devem ter no mínimo 100 e no máximo 150 palavras. </w:t>
+        <w:t xml:space="preserve">Os resumos (em fonte Arial, espaço simples, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>11pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), em parágrafo único, devem ter no mínimo 100 e no máximo 150 palavras. </w:t>
       </w:r>
       <w:r w:rsidRPr="007F7659">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Metodologia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Deve-se obrigatoriamente estar no formato IMRD (Introdução; Metodologia; Resultados e Discussão). </w:t>
+        <w:t xml:space="preserve"> Deve-se obrigatoriamente estar no formato </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>IMRD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Introdução; Metodologia; Resultados e Discussão). </w:t>
       </w:r>
       <w:r w:rsidRPr="007F7659">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F7659">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -860,121 +896,1009 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC5D37B" w14:textId="770DAC84" w:rsidR="00486A19" w:rsidRPr="00DD48E2" w:rsidRDefault="00DD48E2" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Introduction. </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Methodology. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">It must be in IMRD format (Introduction; Methodology; Results and Discussion). </w:t>
+        <w:t xml:space="preserve">Abstracts (in Arial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, single </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>11pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), in a single </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, must </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 150 words.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Results. </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Discussion. </w:t>
-      </w:r>
+        <w:t>Methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>Keywords should preferably be included in the Brazilian Thesaurus of Education</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It must </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>IMRD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>format</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>These</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>marked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. They are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>accompanied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>separated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>periods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>capitalized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>letters</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>preferably</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Brazilian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thesaurus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education</w:t>
       </w:r>
       <w:r w:rsidR="00486A19" w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D84C70" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1058,206 +1982,1039 @@
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40BECF65" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="434E4F72" w14:textId="45D5BFBA" w:rsidR="00486A19" w:rsidRPr="00DD48E2" w:rsidRDefault="00DD48E2" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Introducción. </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Introducción</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Metodología. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Deben estar obligatoriamente en formato IMRD (Introducción; Metodología; Resultados y Discusión).</w:t>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>resúmenes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fuente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arial, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>espacio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sencillo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>párrafo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>tener</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mínimo de 100 y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> máximo de 150 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Resultados. </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Discusión. </w:t>
-      </w:r>
+        <w:t>Metodología</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>obligatoriamente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formato </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>IMRD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Introducción</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Metodología</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Resultados y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Discusión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Resultados. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estas secciones </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negrita y seguidas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>acompañadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>tres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a cinco </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave, separadas por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>puntos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>iniciales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>mayúscula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Discusión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Las</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> figurar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>preferiblemente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tesauro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Brasileño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD48E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Educación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00486A19" w:rsidRPr="00DD48E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4AA999" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Palabras clave</w:t>
+        <w:t>Palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6266AF" w14:textId="7414ED08" w:rsidR="00516104" w:rsidRPr="00102BD2" w:rsidRDefault="00486A19" w:rsidP="00DD48E2">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00486A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Primeira Palavra. Segunda Palavra. Terceira Palavra. Quarta Palavra</w:t>
-      </w:r>
+        <w:t>Primeira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Palavra. Segunda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Terceira Palavra. Quarta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00486A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A69EA" w:rsidRPr="00102BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490A0949" w14:textId="77777777" w:rsidR="00516104" w:rsidRPr="00102BD2" w:rsidRDefault="00516104" w:rsidP="009D21E6">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21131AD3" w14:textId="77777777" w:rsidR="00516104" w:rsidRPr="00102BD2" w:rsidRDefault="00516104" w:rsidP="009D21E6">
       <w:pPr>
@@ -1314,116 +3071,188 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6EED53F6" w14:textId="1940FBEF" w:rsidR="00A110CC" w:rsidRPr="00167B72" w:rsidRDefault="00A110CC" w:rsidP="009D21E6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72B5D30F" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os artigos devem ser encaminhados em arquivo Word for Windows, versão 6.0 ou superior, com extensão (.doc), em fonte Arial, tamanho 12, em folha de formato A4, com espaçamento 1,5 entre linhas, margens superior, inferior e laterais de 2,5 cm. </w:t>
+        <w:t>Os artigos devem ser encaminhados em arquivo Word for Windows, versão 6.0 ou superior, com extensão (.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), em fonte Arial, tamanho 12, em folha de formato </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A4</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com espaçamento 1,5 entre linhas, margens superior, inferior e laterais de 2,5 cm. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446EE288" w14:textId="214A1304" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Os artigos devem ter a extensão mínima de 15 páginas e máxima de </w:t>
       </w:r>
       <w:r w:rsidR="00154D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> laudas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF54D73" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">No texto não deve conter qualquer identificação do autor e coautores. Esses dados, assim como vínculo institucional, formação e e-mail compõem os metadados, que devem ser preenchidos total e corretamente no momento do cadastro do autor para a continuidade do processo de submissão do artigo. Antes do seu, deve-se </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>conferir se todos os autores estão cadastrados na plataforma da revista com seus respectivos metadados inseridos. Importa esclarecer que é obrigatório o preenchimento dos seguintes campos: nome completo, e-mail, país, URL do Lattes (em caso de brasileiros), ORCID, afiliação institucional e minicurrículo.</w:t>
+        <w:t xml:space="preserve">conferir se todos os autores estão cadastrados na plataforma da revista com seus respectivos metadados inseridos. Importa esclarecer que é obrigatório o preenchimento dos seguintes campos: nome completo, e-mail, país, URL do Lattes (em caso de brasileiros), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>, afiliação institucional e minicurrículo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A93103" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os manuscritos poderão possuir no máximo três autores(as), igualmente responsáveis pelo artigo, salvo excepcionalidades justificadas, sendo pelo menos um com título de doutor(a). É estritamente necessário informar as contribuições de cada autor no ato da submissão, opção "comentários ao editor". Adota-se o sistema de especificação CRediT, que considera 14 diferentes papéis de autoria ou contribuições que podem ser informados: Administração do Projeto, Análise Formal, Conceituação, Curadoria de Dados, Escrita – Primeira Redação, Escrita – Revisão e Edição, Investigação, Metodologia, Obtenção de Financiamento, Recursos, Software, Supervisão, Validação e Visualização. O Guia SciELO de Uso da Especificação CRediT detalha a aplicação de cada contribuição. </w:t>
+        <w:t xml:space="preserve">Os manuscritos poderão possuir no máximo três autores(as), igualmente responsáveis pelo artigo, salvo excepcionalidades justificadas, sendo pelo menos um com título de doutor(a). É estritamente necessário informar as contribuições de cada autor no ato da submissão, opção "comentários ao editor". Adota-se o sistema de especificação </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que considera 14 diferentes papéis de autoria ou contribuições que podem ser informados: Administração do Projeto, Análise Formal, Conceituação, Curadoria de Dados, Escrita – Primeira Redação, Escrita – Revisão e Edição, Investigação, Metodologia, Obtenção de Financiamento, Recursos, Software, Supervisão, Validação e Visualização. O Guia SciELO de Uso da Especificação </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detalha a aplicação de cada contribuição. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC9F9DD" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Não publicamos artigos puramente teóricos ou relatos de experiência, os artigos de revisão devem ser de natureza: revisão sistemática de literatura, estado da questão ou estado da arte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0183487D" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -1456,51 +3285,65 @@
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>As notas devem ser usadas, somente quando estritamente necessário para algum esclarecimento, no fim do texto. Seus textos devem ser sucintos, corpo 10, alinhados à esquerda com espaçamento simples. Elas devem ser apresentadas em algarismos arábicos, com numeração única e consecutiva para todo o artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9A3593" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">No caso de pesquisas envolvendo seres humanos, que seja encaminhado, em documento suplementar, os Termos de Consentimento Livre e Esclarecidos – TCLE, correspondentes aos sujeitos da pesquisa ou o parecer de aprovação do comitê de ética. Em conformidade com as boas práticas da ciência aberta, informamos que é necessário mencionar quaisquer conflitos de interesses existentes, bem como inserir o referenciamento e a disponibilização dos dados utilizados e gerados pela pesquisa, código de programa de processamentos de dados e outros materiais subjacentes ao texto para efeitos de avaliação, reuso e reprodutibilidade. </w:t>
+        <w:t xml:space="preserve">No caso de pesquisas envolvendo seres humanos, que seja encaminhado, em documento suplementar, os Termos de Consentimento Livre e Esclarecidos – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TCLE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, correspondentes aos sujeitos da pesquisa ou o parecer de aprovação do comitê de ética. Em conformidade com as boas práticas da ciência aberta, informamos que é necessário mencionar quaisquer conflitos de interesses existentes, bem como inserir o referenciamento e a disponibilização dos dados utilizados e gerados pela pesquisa, código de programa de processamentos de dados e outros materiais subjacentes ao texto para efeitos de avaliação, reuso e reprodutibilidade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Recomenda-se a utilização de referencial teórico atualizado, pelo menos 50% das referências devem ser dos últimos 5 (cinco) anos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A061EA5" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>As notas de rodapé são utilizadas quando estritamente necessárias, em até três linhas, fonte 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1643,52 +3486,74 @@
         <w:t xml:space="preserve">No caso de </w:t>
       </w:r>
       <w:r w:rsidR="005429B8" w:rsidRPr="005429B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>citações diretas ou literais o nome do autor fora e dentro de parênteses tem apenas a inicial maiúscula (Autor, data, página)</w:t>
       </w:r>
       <w:r w:rsidR="005429B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. As </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">citações maiores que três linhas, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>inserir recuo 4cm, espaçamento simples, letra Arial 11pt</w:t>
-      </w:r>
+        <w:t xml:space="preserve">inserir recuo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4cm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento simples, letra Arial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>11pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005429B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005429B8" w:rsidRPr="005429B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>O ponto final deve ser usado para encerrar a frase e não a citação</w:t>
       </w:r>
       <w:r w:rsidR="005429B8" w:rsidRPr="005429B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -1836,51 +3701,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> não publicadas, colocar em itálico:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25EC9C12" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Na parte final da aula, todos sentam em círculo e a educadora faz um debate, onde levanta questões como a impressão da experiência, se preferiu fazer ou receber a massagem e como se sentiu cuidando do outro. Muitas das crianças mais novas não respondem; boa parte responde coisas como ‘legal’, ‘bom’. Um aluno responde: ‘Me senti alegre por dentro’.</w:t>
+        <w:t xml:space="preserve">Na parte final da aula, todos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sentam</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em círculo e a educadora faz um debate, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>onde</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> levanta questões como a impressão da experiência, se preferiu fazer ou receber a massagem e como se sentiu cuidando do outro. Muitas das crianças mais novas não respondem; boa parte responde coisas como ‘legal’, ‘bom’. Um aluno responde: ‘Me senti alegre por dentro’.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Noema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -2010,51 +3919,65 @@
         </w:rPr>
         <w:t>6 Referências</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B2AE23" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5BCF3BF8" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">As referências devem seguir as normas da ABNT e estar inseridas ao final do texto em ordem alfabética, com espaço entre linhas simples, e um “enter” separando cada </w:t>
+        <w:t>As referências devem seguir as normas da ABNT e estar inseridas ao final do texto em ordem alfabética, com espaço entre linhas simples, e um “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>enter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” separando cada </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">referência. Não esquecer que as referências precisam ser inseridas dessa maneira no sistema da revista, durante a submissão do artigo. Não utilizar travessão, deve-se repetir o nome do autor. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Prioriza-se a publicação de artigos de leitores da revista, logo sugere-se considerar os textos publicados na Educação &amp; Formação para dialogar com a discussão dos seus resultados de pesquisa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3624A52E" w14:textId="77777777" w:rsidR="003B5180" w:rsidRDefault="003B5180" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C8B5537" w14:textId="2A37E769" w:rsidR="003B5180" w:rsidRDefault="003B5180" w:rsidP="00486A19">
@@ -2222,51 +4145,79 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E90EDF5" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">FIALHO, Lia Machado Fiuza; LOPES, Tânia Maria Rodrigues (Org.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Docência e formação:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> percursos e narrativas. 1. ed. Fortaleza: EdUECE, 2017. 198p.</w:t>
+        <w:t xml:space="preserve"> percursos e narrativas. 1. ed. Fortaleza: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>EdUECE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2017. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>198p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2905ABDE" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599F31A6" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -2310,51 +4261,79 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: FERREIRA, A. V. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Pedagogia Social</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>: lugar de (re)existência. Curitiba: CRV, 2019.</w:t>
+        <w:t>: lugar de (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)existência. Curitiba: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CRV</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, 2019.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>p. 23-41.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F409700" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BEDE072" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
@@ -2423,51 +4402,123 @@
       <w:r w:rsidR="003B5180" w:rsidRPr="00C5262A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Fortaleza,</w:t>
       </w:r>
       <w:r w:rsidR="003B5180">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">v. 3, n. 8, p. 210-223, 2018. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>https://revistas.uece.br/index.php/redufor/article/view/278/206</w:t>
+          <w:t>https://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>revistas.uece.br</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>index.php</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>redufor</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/article/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>view</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/278/206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acesso em: 02 jan. 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36165B92" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
@@ -2490,91 +4541,163 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MOTA, Maria Danielle Araújo. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Laboratórios de Ciências/Biologia nas escola públicas do estado do Ceará (1997-2017)</w:t>
+        <w:t xml:space="preserve">Laboratórios de Ciências/Biologia </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nas escola</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> públicas do estado do Ceará (1997-2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> realizações e desafios. Tese (Doutorado em Educação) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>─</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Pós-Graduação em Educação, Universidade Federal do Ceará, Fortaleza, 2019. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="007AB2"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>http://www.repositorio.ufc.br/handle/riufc/45994</w:t>
+          <w:t>http://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>www.repositorio.ufc.br</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>handle</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>riufc</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/45994</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Acesso em</w:t>
       </w:r>
       <w:r w:rsidR="003B5180">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 06 de jan. 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CC5872A" w14:textId="76AAFC70" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
@@ -2584,91 +4707,181 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>COSTA, Maria Aparecida Alves da. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Maria Cinobelina Alves</w:t>
+        <w:t xml:space="preserve">Maria </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cinobelina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alves</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> docência na Escola Normal (1981-1988). Dissertação (Mestrado em Educação) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>─</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Programa de Pós-Graduação em Educação, Universidade Estadual do Ceará, Fortaleza, 2019. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="007AB2"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>http://www.uece.br/ppge/noticias/dissertacoes/</w:t>
+          <w:t>http://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>www.uece.br</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ppge</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>noticias</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>dissertacoes</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Acesso em</w:t>
       </w:r>
       <w:r w:rsidR="003B5180">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 06 de jan. 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DF5569" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
@@ -2699,51 +4912,67 @@
         <w:t>Monografia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DC806C" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>OLIVEIRA, Antonio Elinaldo Alves de. </w:t>
+        <w:t xml:space="preserve">OLIVEIRA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Antonio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elinaldo Alves de. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A importância pelo ensino de educação à distância pela utilização da plataforma Moodle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fortaleza, 2018. Monografia (Especialização em Educação à distância: fundamentos e ferramentas) - Universidade Estadual do Ceará, 2018. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7037A2EC" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
@@ -2766,76 +4995,260 @@
         </w:rPr>
         <w:t>Trabalho apresentado em congresso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="217222F5" w14:textId="18A34469" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>MENDES, Marcia Cristiane Ferreira; COSTA, Maria Aparecida Alves da; FIALHO, Lia Machado Fiuza; BRANDENBURG, Cristina. Iolanda dos Santos Mendonça: la participación de las mujeres en los movimientos indígenas (1970-2000). In: VIII Encuentro Internacional de Historia Oral Y Memorias, 2019, Bogotá. </w:t>
+        <w:t xml:space="preserve">MENDES, Marcia Cristiane Ferreira; COSTA, Maria Aparecida Alves da; FIALHO, Lia Machado Fiuza; BRANDENBURG, Cristina. Iolanda dos Santos Mendonça: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>participación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>las</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mujeres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>los</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>movimientos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indígenas (1970-2000). In: VIII </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Encuentro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internacional de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Historia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oral Y Memorias, 2019, Bogotá. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Anais do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>VIII Encuentro Internacional de Historia Oral Y Memorias</w:t>
+        <w:t xml:space="preserve">VIII </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Encuentro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internacional de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Historia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oral Y Memorias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bogotá, 2019. p. 1-12. Disponível em </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="007AB2"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.historiaoral.org.br/conteudo/view?ID_CONTEUDO=103</w:t>
@@ -2990,51 +5403,87 @@
         <w:t>O Povo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fortaleza, 16 de agosto de 2019. Seção O Povo Educação. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="007AB2"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>https://digital.opovo.com.br/opovoeducacao/</w:t>
+          <w:t>https://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>digital.opovo.com.br</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>opovoeducacao</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="007AB2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Acesso em: 06 de jan. 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0115A7C3" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
@@ -3204,51 +5653,67 @@
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Testamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_0"/>
           <w:id w:val="-281963844"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t xml:space="preserve"> Caicó/Freguesia da Gloriosa Senhora Sant'Ana, 1890. (Documento manuscrito de 22 de julho de 1890, sob a guarda do Laboratório de Documentação Histórica do Centro de Ensino Superior do Seridó/LABORDOC − Caicó).</w:t>
+            <w:t xml:space="preserve"> Caicó/Freguesia da Gloriosa Senhora Sant'Ana, 1890. (Documento manuscrito de 22 de julho de 1890, sob a guarda do Laboratório de Documentação Histórica do Centro de Ensino Superior do Seridó/</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>LABORDOC</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> − Caicó).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="71DCC84C" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3466,52 +5931,61 @@
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3DBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>) Os dados de pesquisa estão disponíveis em repositório.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Link: xxxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Link: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0595FDAB" w14:textId="5DAC7F4C" w:rsidR="004B3DBC" w:rsidRPr="004B3DBC" w:rsidRDefault="004B3DBC" w:rsidP="004B3DBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3DBC">
@@ -3566,52 +6040,61 @@
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3DBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>) Os dados de pesquisa não estão disponíveis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Justificativa: xxxxxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Justificativa: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3DD8ABB8" w14:textId="18B06D8F" w:rsidR="004B3DBC" w:rsidRDefault="004B3DBC" w:rsidP="004B3DBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3DBC">
@@ -3637,100 +6120,116 @@
         <w:t>Ao final do texto, após aprovação, serão inseridos, pelo diagramador, os metadados que devem constar na plataforma da revista (inseridos no ato da submissão do texto). Não preencher os dados que seguem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A58581" w14:textId="77777777" w:rsidR="00486A19" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52F92012" w14:textId="55FA00ED" w:rsidR="00A078B0" w:rsidRPr="00A078B0" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Não preencher editor, pareceristas, QR code e datas de recebimento e aprovação</w:t>
+        <w:t xml:space="preserve">Não preencher editor, pareceristas, QR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e datas de recebimento e aprovação</w:t>
       </w:r>
       <w:r w:rsidR="0038528D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419958E8" w14:textId="36E81356" w:rsidR="006E5CAF" w:rsidRPr="0038528D" w:rsidRDefault="006E5CAF" w:rsidP="00A309B6">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="3" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:sectPr w:rsidR="006E5CAF" w:rsidRPr="0038528D" w:rsidSect="00A0170B">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="1418" w:right="1191" w:bottom="1418" w:left="1191" w:header="539" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17A8D9B6" w14:textId="77777777" w:rsidR="00A7003A" w:rsidRDefault="00A7003A" w:rsidP="0010267A">
+    <w:p w14:paraId="2C850836" w14:textId="77777777" w:rsidR="00971686" w:rsidRDefault="00971686" w:rsidP="0010267A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09B716C8" w14:textId="77777777" w:rsidR="00A7003A" w:rsidRDefault="00A7003A" w:rsidP="0010267A">
+    <w:p w14:paraId="30205795" w14:textId="77777777" w:rsidR="00971686" w:rsidRDefault="00971686" w:rsidP="0010267A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="076C826E" w14:textId="77777777" w:rsidR="00486A19" w:rsidRPr="00C5262A" w:rsidRDefault="00486A19" w:rsidP="00486A19">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="786"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:right="167"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -5034,147 +7533,240 @@
           </w:r>
           <w:r w:rsidRPr="00013E97">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Form., Fortaleza, v. </w:t>
           </w:r>
           <w:r w:rsidR="00486A19">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
           <w:r w:rsidRPr="00013E97">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">, </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidR="0086156E" w:rsidRPr="0086156E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>e</w:t>
           </w:r>
           <w:r w:rsidR="00486A19">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>xxx</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00013E97">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>,</w:t>
           </w:r>
           <w:r w:rsidR="00D96BA9" w:rsidRPr="00013E97">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00013E97">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
           <w:r w:rsidR="00486A19">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="732B35A3" w14:textId="2540098C" w:rsidR="00843A58" w:rsidRPr="0086156E" w:rsidRDefault="00843A58" w:rsidP="004337FD">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0086156E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
-            <w:t>DOI: https://doi.org/</w:t>
+            <w:t>DOI: https://</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0086156E">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>doi.org</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0086156E">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>/</w:t>
           </w:r>
           <w:r w:rsidR="0086156E" w:rsidRPr="0086156E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
-            <w:t>10.25053/redufor.v7.e7462</w:t>
+            <w:t>10.25053/</w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="0086156E" w:rsidRPr="0086156E">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>redufor.v7.e7462</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
         <w:p w14:paraId="5BB5B41C" w14:textId="2E177792" w:rsidR="00843A58" w:rsidRPr="00A96060" w:rsidRDefault="00843A58" w:rsidP="00DD6634">
           <w:pPr>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A96060">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
             </w:rPr>
-            <w:t>https://revistas.uece.br/index.php/redufor/index</w:t>
+            <w:t>https://</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>revistas.uece.br</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>/</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>index.php</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>/</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>redufor</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00A96060">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB" w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>/index</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="64CB86CA" w14:textId="77777777" w:rsidR="00843A58" w:rsidRPr="00A96060" w:rsidRDefault="00843A58" w:rsidP="00DD6634">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:rPr>
               <w:sz w:val="6"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00927152">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23E1682C" wp14:editId="19662D9D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>683895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>155575</wp:posOffset>
@@ -5333,177 +7925,172 @@
             </w:rPr>
             <w:t>58</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1EC10161" w14:textId="77777777" w:rsidR="00843A58" w:rsidRDefault="00843A58" w:rsidP="00650B42">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:left="1134"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68FA57CF" w14:textId="77777777" w:rsidR="00A7003A" w:rsidRDefault="00A7003A" w:rsidP="0010267A">
+    <w:p w14:paraId="4BCBBC1A" w14:textId="77777777" w:rsidR="00971686" w:rsidRDefault="00971686" w:rsidP="0010267A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="295C9E17" w14:textId="77777777" w:rsidR="00A7003A" w:rsidRDefault="00A7003A" w:rsidP="0010267A">
+    <w:p w14:paraId="1ED94F38" w14:textId="77777777" w:rsidR="00971686" w:rsidRDefault="00971686" w:rsidP="0010267A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="217EB857" w14:textId="02E6931E" w:rsidR="00486A19" w:rsidRPr="004F18E0" w:rsidRDefault="00486A19" w:rsidP="004F18E0">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="9301"/>
-      <w:gridCol w:w="222"/>
+      <w:gridCol w:w="9302"/>
+      <w:gridCol w:w="221"/>
     </w:tblGrid>
     <w:tr w:rsidR="00843A58" w14:paraId="328B245C" w14:textId="77777777" w:rsidTr="003E05CC">
       <w:trPr>
         <w:trHeight w:val="567"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8472" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblW w:w="9523" w:type="dxa"/>
+            <w:tblW w:w="11536" w:type="dxa"/>
             <w:jc w:val="center"/>
-            <w:tblBorders>
-[...6 lines deleted...]
-            </w:tblBorders>
             <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
-            <w:gridCol w:w="1250"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="2577"/>
+            <w:gridCol w:w="2675"/>
+            <w:gridCol w:w="5528"/>
+            <w:gridCol w:w="3333"/>
           </w:tblGrid>
-          <w:tr w:rsidR="00730B09" w14:paraId="740A567B" w14:textId="77777777" w:rsidTr="00037FAC">
+          <w:tr w:rsidR="00730B09" w14:paraId="740A567B" w14:textId="77777777" w:rsidTr="00537963">
             <w:trPr>
               <w:trHeight w:val="567"/>
               <w:jc w:val="center"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1250" w:type="dxa"/>
-[...3 lines deleted...]
-                </w:tcBorders>
+                <w:tcW w:w="2675" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="28CFC2C6" w14:textId="77777777" w:rsidR="00730B09" w:rsidRPr="00730B09" w:rsidRDefault="00730B09" w:rsidP="00730B09">
+              <w:p w14:paraId="28CFC2C6" w14:textId="0EB1AEF3" w:rsidR="00730B09" w:rsidRPr="00730B09" w:rsidRDefault="00730B09" w:rsidP="001D423B">
                 <w:pPr>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4252"/>
                     <w:tab w:val="right" w:pos="8504"/>
                   </w:tabs>
-                  <w:jc w:val="center"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:smallCaps/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:bookmarkStart w:id="4" w:name="_Hlk101967400"/>
-                <w:r w:rsidRPr="00730B09">
+                <w:r w:rsidRPr="001D423B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:smallCaps/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
-                  <w:t>ARTIGO</w:t>
+                  <w:t>ARTIG</w:t>
+                </w:r>
+                <w:r w:rsidR="001D423B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:smallCaps/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>O ORIGINAL</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5696" w:type="dxa"/>
-[...2 lines deleted...]
-                </w:tcBorders>
+                <w:tcW w:w="5528" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="456FF0B6" w14:textId="77777777" w:rsidR="00730B09" w:rsidRPr="00730B09" w:rsidRDefault="00730B09" w:rsidP="00730B09">
                 <w:pPr>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4252"/>
                     <w:tab w:val="right" w:pos="8504"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:smallCaps/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00730B09">
@@ -5555,51 +8142,51 @@
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="8504"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:smallCaps/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00730B09">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>da Universidade Estadual do Ceará (UECE)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2577" w:type="dxa"/>
+                <w:tcW w:w="3333" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="64142633" w14:textId="6C4EB3FB" w:rsidR="00730B09" w:rsidRDefault="00730B09" w:rsidP="00730B09">
                 <w:pPr>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4252"/>
                     <w:tab w:val="right" w:pos="8504"/>
                   </w:tabs>
                   <w:jc w:val="left"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                   </w:rPr>
@@ -7738,66 +10325,67 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="364871058">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1462456405">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1722555562">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="41176936">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1673222887">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1785810332">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CL" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00592AEC"/>
     <w:rsid w:val="0000016C"/>
@@ -8253,50 +10841,51 @@
     <w:rsid w:val="001C0356"/>
     <w:rsid w:val="001C048B"/>
     <w:rsid w:val="001C06A2"/>
     <w:rsid w:val="001C104F"/>
     <w:rsid w:val="001C1510"/>
     <w:rsid w:val="001C20A8"/>
     <w:rsid w:val="001C2A42"/>
     <w:rsid w:val="001C2EA9"/>
     <w:rsid w:val="001C3B4D"/>
     <w:rsid w:val="001C3CBE"/>
     <w:rsid w:val="001C3EBB"/>
     <w:rsid w:val="001C437C"/>
     <w:rsid w:val="001C5024"/>
     <w:rsid w:val="001C5041"/>
     <w:rsid w:val="001C6047"/>
     <w:rsid w:val="001C675D"/>
     <w:rsid w:val="001C767E"/>
     <w:rsid w:val="001C76EC"/>
     <w:rsid w:val="001D0FF3"/>
     <w:rsid w:val="001D1C34"/>
     <w:rsid w:val="001D280B"/>
     <w:rsid w:val="001D29F2"/>
     <w:rsid w:val="001D2A25"/>
     <w:rsid w:val="001D2AB5"/>
     <w:rsid w:val="001D3853"/>
+    <w:rsid w:val="001D423B"/>
     <w:rsid w:val="001D4A0E"/>
     <w:rsid w:val="001D5422"/>
     <w:rsid w:val="001D576E"/>
     <w:rsid w:val="001D58B5"/>
     <w:rsid w:val="001D611E"/>
     <w:rsid w:val="001D6C3F"/>
     <w:rsid w:val="001D6FC7"/>
     <w:rsid w:val="001D77CC"/>
     <w:rsid w:val="001E012D"/>
     <w:rsid w:val="001E091D"/>
     <w:rsid w:val="001E0CA7"/>
     <w:rsid w:val="001E0D32"/>
     <w:rsid w:val="001E0F33"/>
     <w:rsid w:val="001E11CF"/>
     <w:rsid w:val="001E1DA7"/>
     <w:rsid w:val="001E1F51"/>
     <w:rsid w:val="001E2A5B"/>
     <w:rsid w:val="001E45F8"/>
     <w:rsid w:val="001E4D94"/>
     <w:rsid w:val="001E56E4"/>
     <w:rsid w:val="001E6C48"/>
     <w:rsid w:val="001E71BB"/>
     <w:rsid w:val="001E75E3"/>
     <w:rsid w:val="001F0EB5"/>
     <w:rsid w:val="001F1B21"/>
@@ -8864,50 +11453,51 @@
     <w:rsid w:val="00443B50"/>
     <w:rsid w:val="004443E6"/>
     <w:rsid w:val="0044502F"/>
     <w:rsid w:val="00445B68"/>
     <w:rsid w:val="00446C22"/>
     <w:rsid w:val="00447010"/>
     <w:rsid w:val="00447A00"/>
     <w:rsid w:val="00450F84"/>
     <w:rsid w:val="004520DA"/>
     <w:rsid w:val="00452533"/>
     <w:rsid w:val="00453261"/>
     <w:rsid w:val="0045394B"/>
     <w:rsid w:val="0045421E"/>
     <w:rsid w:val="0045536E"/>
     <w:rsid w:val="00455593"/>
     <w:rsid w:val="00456587"/>
     <w:rsid w:val="00460121"/>
     <w:rsid w:val="00460BFA"/>
     <w:rsid w:val="00460F06"/>
     <w:rsid w:val="00461AAC"/>
     <w:rsid w:val="00462901"/>
     <w:rsid w:val="00462C88"/>
     <w:rsid w:val="004636A5"/>
     <w:rsid w:val="004645E5"/>
     <w:rsid w:val="004647B5"/>
+    <w:rsid w:val="00464FE5"/>
     <w:rsid w:val="00465376"/>
     <w:rsid w:val="00465988"/>
     <w:rsid w:val="00465A3E"/>
     <w:rsid w:val="00465AF3"/>
     <w:rsid w:val="00466B4A"/>
     <w:rsid w:val="004675B5"/>
     <w:rsid w:val="00467D84"/>
     <w:rsid w:val="0047042B"/>
     <w:rsid w:val="004704C2"/>
     <w:rsid w:val="004705DB"/>
     <w:rsid w:val="0047062E"/>
     <w:rsid w:val="004707F6"/>
     <w:rsid w:val="00470C8A"/>
     <w:rsid w:val="00471968"/>
     <w:rsid w:val="00471A17"/>
     <w:rsid w:val="00472190"/>
     <w:rsid w:val="004730E6"/>
     <w:rsid w:val="004732EF"/>
     <w:rsid w:val="0047338F"/>
     <w:rsid w:val="00473CC6"/>
     <w:rsid w:val="004745E0"/>
     <w:rsid w:val="00474E7E"/>
     <w:rsid w:val="00475F95"/>
     <w:rsid w:val="0047759A"/>
     <w:rsid w:val="00477AFE"/>
@@ -9052,50 +11642,51 @@
     <w:rsid w:val="00516359"/>
     <w:rsid w:val="00516811"/>
     <w:rsid w:val="005201F2"/>
     <w:rsid w:val="00520279"/>
     <w:rsid w:val="0052098B"/>
     <w:rsid w:val="005211A1"/>
     <w:rsid w:val="005211F9"/>
     <w:rsid w:val="0052348D"/>
     <w:rsid w:val="00523BFE"/>
     <w:rsid w:val="00527CBD"/>
     <w:rsid w:val="00530501"/>
     <w:rsid w:val="00530971"/>
     <w:rsid w:val="005311CA"/>
     <w:rsid w:val="005315A1"/>
     <w:rsid w:val="0053187D"/>
     <w:rsid w:val="005328D8"/>
     <w:rsid w:val="00532BF3"/>
     <w:rsid w:val="00533158"/>
     <w:rsid w:val="00533609"/>
     <w:rsid w:val="00533D9B"/>
     <w:rsid w:val="00534902"/>
     <w:rsid w:val="00535F34"/>
     <w:rsid w:val="00536965"/>
     <w:rsid w:val="00536DE3"/>
     <w:rsid w:val="00537962"/>
+    <w:rsid w:val="00537963"/>
     <w:rsid w:val="00537A71"/>
     <w:rsid w:val="00537F66"/>
     <w:rsid w:val="0054082E"/>
     <w:rsid w:val="00540EAB"/>
     <w:rsid w:val="005410CD"/>
     <w:rsid w:val="00542513"/>
     <w:rsid w:val="0054295D"/>
     <w:rsid w:val="005429B8"/>
     <w:rsid w:val="00542BDA"/>
     <w:rsid w:val="00543191"/>
     <w:rsid w:val="005437F2"/>
     <w:rsid w:val="0054501C"/>
     <w:rsid w:val="00547FD1"/>
     <w:rsid w:val="00550020"/>
     <w:rsid w:val="005504C1"/>
     <w:rsid w:val="0055058C"/>
     <w:rsid w:val="005505E1"/>
     <w:rsid w:val="00550914"/>
     <w:rsid w:val="00550A20"/>
     <w:rsid w:val="00550BBE"/>
     <w:rsid w:val="00551B2E"/>
     <w:rsid w:val="00552107"/>
     <w:rsid w:val="0055234E"/>
     <w:rsid w:val="00552859"/>
     <w:rsid w:val="00552E64"/>
@@ -10052,50 +12643,51 @@
     <w:rsid w:val="009523CC"/>
     <w:rsid w:val="00952CD8"/>
     <w:rsid w:val="00953571"/>
     <w:rsid w:val="00953C3E"/>
     <w:rsid w:val="00954B65"/>
     <w:rsid w:val="00955DC3"/>
     <w:rsid w:val="009560C7"/>
     <w:rsid w:val="009567AB"/>
     <w:rsid w:val="0096010C"/>
     <w:rsid w:val="0096032F"/>
     <w:rsid w:val="00960AE2"/>
     <w:rsid w:val="0096218C"/>
     <w:rsid w:val="0096265B"/>
     <w:rsid w:val="00963379"/>
     <w:rsid w:val="00963E86"/>
     <w:rsid w:val="00964674"/>
     <w:rsid w:val="009650B9"/>
     <w:rsid w:val="00965126"/>
     <w:rsid w:val="00965C93"/>
     <w:rsid w:val="00966A77"/>
     <w:rsid w:val="00967204"/>
     <w:rsid w:val="009678DE"/>
     <w:rsid w:val="00967C5A"/>
     <w:rsid w:val="00970578"/>
     <w:rsid w:val="0097144F"/>
+    <w:rsid w:val="00971686"/>
     <w:rsid w:val="00971BB6"/>
     <w:rsid w:val="00972E8C"/>
     <w:rsid w:val="009745EE"/>
     <w:rsid w:val="00974DE2"/>
     <w:rsid w:val="00975418"/>
     <w:rsid w:val="009770D6"/>
     <w:rsid w:val="00977C5F"/>
     <w:rsid w:val="009801C9"/>
     <w:rsid w:val="00981555"/>
     <w:rsid w:val="0098213B"/>
     <w:rsid w:val="00982F23"/>
     <w:rsid w:val="009835B0"/>
     <w:rsid w:val="00984545"/>
     <w:rsid w:val="00984574"/>
     <w:rsid w:val="00984A78"/>
     <w:rsid w:val="009870DC"/>
     <w:rsid w:val="00987BA6"/>
     <w:rsid w:val="00987F27"/>
     <w:rsid w:val="00990936"/>
     <w:rsid w:val="00990F2A"/>
     <w:rsid w:val="00990F36"/>
     <w:rsid w:val="0099178A"/>
     <w:rsid w:val="00991B9A"/>
     <w:rsid w:val="0099213A"/>
     <w:rsid w:val="00992144"/>
@@ -10940,50 +13532,51 @@
     <w:rsid w:val="00D02EE8"/>
     <w:rsid w:val="00D02F82"/>
     <w:rsid w:val="00D03960"/>
     <w:rsid w:val="00D03B71"/>
     <w:rsid w:val="00D03CBC"/>
     <w:rsid w:val="00D049D5"/>
     <w:rsid w:val="00D058BD"/>
     <w:rsid w:val="00D069EC"/>
     <w:rsid w:val="00D06B39"/>
     <w:rsid w:val="00D06C31"/>
     <w:rsid w:val="00D06E2C"/>
     <w:rsid w:val="00D0717A"/>
     <w:rsid w:val="00D07342"/>
     <w:rsid w:val="00D0736D"/>
     <w:rsid w:val="00D102A2"/>
     <w:rsid w:val="00D10D83"/>
     <w:rsid w:val="00D11EC8"/>
     <w:rsid w:val="00D12BFB"/>
     <w:rsid w:val="00D1334A"/>
     <w:rsid w:val="00D13CF2"/>
     <w:rsid w:val="00D141F6"/>
     <w:rsid w:val="00D16880"/>
     <w:rsid w:val="00D1705C"/>
     <w:rsid w:val="00D175F8"/>
     <w:rsid w:val="00D202CA"/>
+    <w:rsid w:val="00D21834"/>
     <w:rsid w:val="00D22BB0"/>
     <w:rsid w:val="00D22FB1"/>
     <w:rsid w:val="00D23AEE"/>
     <w:rsid w:val="00D247A8"/>
     <w:rsid w:val="00D25479"/>
     <w:rsid w:val="00D259CA"/>
     <w:rsid w:val="00D25BF2"/>
     <w:rsid w:val="00D26272"/>
     <w:rsid w:val="00D273C7"/>
     <w:rsid w:val="00D2794B"/>
     <w:rsid w:val="00D27B59"/>
     <w:rsid w:val="00D27D9B"/>
     <w:rsid w:val="00D30304"/>
     <w:rsid w:val="00D31243"/>
     <w:rsid w:val="00D31397"/>
     <w:rsid w:val="00D32D8D"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D338C9"/>
     <w:rsid w:val="00D33B04"/>
     <w:rsid w:val="00D33C52"/>
     <w:rsid w:val="00D33EE4"/>
     <w:rsid w:val="00D3414B"/>
     <w:rsid w:val="00D34651"/>
     <w:rsid w:val="00D357A9"/>
     <w:rsid w:val="00D3656D"/>